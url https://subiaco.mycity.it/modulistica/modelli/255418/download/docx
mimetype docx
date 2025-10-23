--- v0 (2025-10-02)
+++ v1 (2025-10-23)
@@ -1531,188 +1531,188 @@
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_4174320072"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_4174320072"/>
+            <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_2315833294"/>
+            <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_2315833294"/>
+            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_2315833294"/>
             <w:bookmarkEnd w:id="2"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> CARTA D’IDENTITA’</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_4174320072"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_4174320072"/>
+            <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_2315833294"/>
+            <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_2315833294"/>
+            <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_2315833294"/>
             <w:bookmarkEnd w:id="5"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_4174320072"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_4174320072"/>
+            <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_2315833294"/>
+            <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_2315833294"/>
+            <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_2315833294"/>
             <w:bookmarkEnd w:id="8"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="204" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_4174320072"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_4174320072"/>
+            <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_2315833294"/>
+            <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_2315833294"/>
+            <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_2315833294"/>
             <w:bookmarkEnd w:id="11"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>………………………………………</w:t>
             </w:r>
           </w:p>
           <w:p>
@@ -1819,188 +1819,188 @@
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_4174320072"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_4174320072"/>
+            <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_2315833294"/>
+            <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_2315833294"/>
+            <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_2315833294"/>
             <w:bookmarkEnd w:id="14"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> CARTA D’IDENTITA’</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_4174320072"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_4174320072"/>
+            <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_2315833294"/>
+            <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_2315833294"/>
+            <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_2315833294"/>
             <w:bookmarkEnd w:id="17"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_4174320072"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_4174320072"/>
+            <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_2315833294"/>
+            <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_2315833294"/>
+            <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_2315833294"/>
             <w:bookmarkEnd w:id="20"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_4174320072"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_4174320072"/>
+            <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_2315833294"/>
+            <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_2315833294"/>
+            <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_2315833294"/>
             <w:bookmarkEnd w:id="23"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> ……………</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>…………………………</w:t>
             </w:r>
           </w:p>
           <w:p>