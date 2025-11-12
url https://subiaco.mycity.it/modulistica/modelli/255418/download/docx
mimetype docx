--- v1 (2025-10-23)
+++ v2 (2025-11-12)
@@ -1531,188 +1531,188 @@
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_2315833294"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_2315833294"/>
+            <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_2743352842"/>
+            <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_2743352842"/>
+            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_2743352842"/>
             <w:bookmarkEnd w:id="2"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> CARTA D’IDENTITA’</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_2315833294"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_2315833294"/>
+            <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_2743352842"/>
+            <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_2743352842"/>
+            <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_2743352842"/>
             <w:bookmarkEnd w:id="5"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_2315833294"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_2315833294"/>
+            <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_2743352842"/>
+            <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_2743352842"/>
+            <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_2743352842"/>
             <w:bookmarkEnd w:id="8"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="204" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_2315833294"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_2315833294"/>
+            <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_2743352842"/>
+            <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_2743352842"/>
+            <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_2743352842"/>
             <w:bookmarkEnd w:id="11"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>………………………………………</w:t>
             </w:r>
           </w:p>
           <w:p>
@@ -1819,188 +1819,188 @@
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_2315833294"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_2315833294"/>
+            <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_2743352842"/>
+            <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_2743352842"/>
+            <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_2743352842"/>
             <w:bookmarkEnd w:id="14"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> CARTA D’IDENTITA’</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_2315833294"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_2315833294"/>
+            <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_2743352842"/>
+            <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_2743352842"/>
+            <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_2743352842"/>
             <w:bookmarkEnd w:id="17"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_2315833294"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_2315833294"/>
+            <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_2743352842"/>
+            <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_2743352842"/>
+            <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_2743352842"/>
             <w:bookmarkEnd w:id="20"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_2315833294"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_2315833294"/>
+            <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_2743352842"/>
+            <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_2743352842"/>
+            <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_2743352842"/>
             <w:bookmarkEnd w:id="23"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> ……………</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>…………………………</w:t>
             </w:r>
           </w:p>
           <w:p>