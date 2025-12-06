--- v2 (2025-11-12)
+++ v3 (2025-12-06)
@@ -1531,188 +1531,188 @@
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_2743352842"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_2743352842"/>
+            <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_3558528003"/>
+            <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_3558528003"/>
+            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_3558528003"/>
             <w:bookmarkEnd w:id="2"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> CARTA D’IDENTITA’</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_2743352842"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_2743352842"/>
+            <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_3558528003"/>
+            <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_3558528003"/>
+            <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_3558528003"/>
             <w:bookmarkEnd w:id="5"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_2743352842"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_2743352842"/>
+            <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_3558528003"/>
+            <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_3558528003"/>
+            <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_3558528003"/>
             <w:bookmarkEnd w:id="8"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="204" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_2743352842"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_2743352842"/>
+            <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_3558528003"/>
+            <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_3558528003"/>
+            <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_3558528003"/>
             <w:bookmarkEnd w:id="11"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>………………………………………</w:t>
             </w:r>
           </w:p>
           <w:p>
@@ -1819,188 +1819,188 @@
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_2743352842"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_2743352842"/>
+            <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_3558528003"/>
+            <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_3558528003"/>
+            <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_3558528003"/>
             <w:bookmarkEnd w:id="14"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> CARTA D’IDENTITA’</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_2743352842"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_2743352842"/>
+            <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_3558528003"/>
+            <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_3558528003"/>
+            <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_3558528003"/>
             <w:bookmarkEnd w:id="17"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_2743352842"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_2743352842"/>
+            <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_3558528003"/>
+            <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_3558528003"/>
+            <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_3558528003"/>
             <w:bookmarkEnd w:id="20"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_2743352842"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_2743352842"/>
+            <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_3558528003"/>
+            <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_3558528003"/>
+            <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_3558528003"/>
             <w:bookmarkEnd w:id="23"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> ……………</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>…………………………</w:t>
             </w:r>
           </w:p>
           <w:p>