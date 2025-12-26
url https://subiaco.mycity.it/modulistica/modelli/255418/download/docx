--- v3 (2025-12-06)
+++ v4 (2025-12-26)
@@ -1531,188 +1531,188 @@
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_3558528003"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_3558528003"/>
+            <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_1721191534"/>
+            <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_1721191534"/>
+            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_1721191534"/>
             <w:bookmarkEnd w:id="2"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> CARTA D’IDENTITA’</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_3558528003"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_3558528003"/>
+            <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_1721191534"/>
+            <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_1721191534"/>
+            <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_1721191534"/>
             <w:bookmarkEnd w:id="5"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_3558528003"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_3558528003"/>
+            <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_1721191534"/>
+            <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_1721191534"/>
+            <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_1721191534"/>
             <w:bookmarkEnd w:id="8"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="204" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_3558528003"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_3558528003"/>
+            <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_1721191534"/>
+            <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_1721191534"/>
+            <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_1721191534"/>
             <w:bookmarkEnd w:id="11"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>………………………………………</w:t>
             </w:r>
           </w:p>
           <w:p>
@@ -1819,188 +1819,188 @@
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_3558528003"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_3558528003"/>
+            <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_1721191534"/>
+            <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_1721191534"/>
+            <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_1721191534"/>
             <w:bookmarkEnd w:id="14"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> CARTA D’IDENTITA’</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_3558528003"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_3558528003"/>
+            <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_1721191534"/>
+            <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_1721191534"/>
+            <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_1721191534"/>
             <w:bookmarkEnd w:id="17"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_3558528003"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_3558528003"/>
+            <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_1721191534"/>
+            <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_1721191534"/>
+            <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_1721191534"/>
             <w:bookmarkEnd w:id="20"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_3558528003"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_3558528003"/>
+            <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_1721191534"/>
+            <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_1721191534"/>
+            <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_1721191534"/>
             <w:bookmarkEnd w:id="23"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> ……………</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>…………………………</w:t>
             </w:r>
           </w:p>
           <w:p>