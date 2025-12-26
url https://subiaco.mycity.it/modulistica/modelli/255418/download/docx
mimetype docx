--- v4 (2025-12-26)
+++ v5 (2025-12-26)
@@ -1531,188 +1531,188 @@
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_1721191534"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_1721191534"/>
+            <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_2531479179"/>
+            <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_2531479179"/>
+            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_2531479179"/>
             <w:bookmarkEnd w:id="2"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> CARTA D’IDENTITA’</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_1721191534"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_1721191534"/>
+            <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_2531479179"/>
+            <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_2531479179"/>
+            <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_2531479179"/>
             <w:bookmarkEnd w:id="5"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_1721191534"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_1721191534"/>
+            <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_2531479179"/>
+            <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_2531479179"/>
+            <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_2531479179"/>
             <w:bookmarkEnd w:id="8"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="204" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_1721191534"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_1721191534"/>
+            <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_2531479179"/>
+            <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_2531479179"/>
+            <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_2531479179"/>
             <w:bookmarkEnd w:id="11"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>………………………………………</w:t>
             </w:r>
           </w:p>
           <w:p>
@@ -1819,188 +1819,188 @@
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_1721191534"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_1721191534"/>
+            <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_2531479179"/>
+            <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_2531479179"/>
+            <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_2531479179"/>
             <w:bookmarkEnd w:id="14"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> CARTA D’IDENTITA’</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_1721191534"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_1721191534"/>
+            <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_2531479179"/>
+            <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_2531479179"/>
+            <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_2531479179"/>
             <w:bookmarkEnd w:id="17"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_1721191534"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_1721191534"/>
+            <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_2531479179"/>
+            <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_2531479179"/>
+            <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_2531479179"/>
             <w:bookmarkEnd w:id="20"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_1721191534"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_1721191534"/>
+            <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_2531479179"/>
+            <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_2531479179"/>
+            <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_2531479179"/>
             <w:bookmarkEnd w:id="23"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> ……………</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>…………………………</w:t>
             </w:r>
           </w:p>
           <w:p>