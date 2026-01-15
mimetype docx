--- v5 (2025-12-26)
+++ v6 (2026-01-15)
@@ -1531,188 +1531,188 @@
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_2531479179"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_2531479179"/>
+            <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_3738019741"/>
+            <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_3738019741"/>
+            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_3738019741"/>
             <w:bookmarkEnd w:id="2"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> CARTA D’IDENTITA’</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_2531479179"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_2531479179"/>
+            <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_3738019741"/>
+            <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_3738019741"/>
+            <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_3738019741"/>
             <w:bookmarkEnd w:id="5"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_2531479179"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_2531479179"/>
+            <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_3738019741"/>
+            <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_3738019741"/>
+            <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_3738019741"/>
             <w:bookmarkEnd w:id="8"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="204" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_2531479179"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_2531479179"/>
+            <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_3738019741"/>
+            <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_3738019741"/>
+            <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_3738019741"/>
             <w:bookmarkEnd w:id="11"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>………………………………………</w:t>
             </w:r>
           </w:p>
           <w:p>
@@ -1819,188 +1819,188 @@
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_2531479179"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_2531479179"/>
+            <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_3738019741"/>
+            <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_3738019741"/>
+            <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_3738019741"/>
             <w:bookmarkEnd w:id="14"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> CARTA D’IDENTITA’</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_2531479179"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_2531479179"/>
+            <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_3738019741"/>
+            <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_3738019741"/>
+            <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_3738019741"/>
             <w:bookmarkEnd w:id="17"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_2531479179"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_2531479179"/>
+            <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_3738019741"/>
+            <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_3738019741"/>
+            <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_3738019741"/>
             <w:bookmarkEnd w:id="20"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_2531479179"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_2531479179"/>
+            <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_3738019741"/>
+            <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_3738019741"/>
+            <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_3738019741"/>
             <w:bookmarkEnd w:id="23"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> ……………</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>…………………………</w:t>
             </w:r>
           </w:p>
           <w:p>