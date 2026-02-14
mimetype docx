--- v6 (2026-01-15)
+++ v7 (2026-02-14)
@@ -1531,188 +1531,188 @@
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_3738019741"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_3738019741"/>
+            <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_699285184"/>
+            <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_699285184"/>
+            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_699285184"/>
             <w:bookmarkEnd w:id="2"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> CARTA D’IDENTITA’</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_3738019741"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_3738019741"/>
+            <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_699285184"/>
+            <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_699285184"/>
+            <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_699285184"/>
             <w:bookmarkEnd w:id="5"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_3738019741"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_3738019741"/>
+            <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_699285184"/>
+            <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_699285184"/>
+            <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_699285184"/>
             <w:bookmarkEnd w:id="8"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="204" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_3738019741"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_3738019741"/>
+            <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_699285184"/>
+            <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_699285184"/>
+            <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_699285184"/>
             <w:bookmarkEnd w:id="11"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>………………………………………</w:t>
             </w:r>
           </w:p>
           <w:p>
@@ -1819,188 +1819,188 @@
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_3738019741"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_3738019741"/>
+            <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_699285184"/>
+            <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_699285184"/>
+            <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_699285184"/>
             <w:bookmarkEnd w:id="14"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> CARTA D’IDENTITA’</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_3738019741"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_3738019741"/>
+            <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_699285184"/>
+            <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_699285184"/>
+            <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_699285184"/>
             <w:bookmarkEnd w:id="17"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_3738019741"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_3738019741"/>
+            <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_699285184"/>
+            <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_699285184"/>
+            <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_699285184"/>
             <w:bookmarkEnd w:id="20"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_3738019741"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_3738019741"/>
+            <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_699285184"/>
+            <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_699285184"/>
+            <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_699285184"/>
             <w:bookmarkEnd w:id="23"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> ……………</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>…………………………</w:t>
             </w:r>
           </w:p>
           <w:p>