--- v7 (2026-02-14)
+++ v8 (2026-03-07)
@@ -1531,188 +1531,188 @@
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_699285184"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_699285184"/>
+            <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_3060207309"/>
+            <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_3060207309"/>
+            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_3060207309"/>
             <w:bookmarkEnd w:id="2"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> CARTA D’IDENTITA’</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_699285184"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_699285184"/>
+            <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_3060207309"/>
+            <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_3060207309"/>
+            <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_3060207309"/>
             <w:bookmarkEnd w:id="5"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_699285184"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_699285184"/>
+            <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_3060207309"/>
+            <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_3060207309"/>
+            <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_3060207309"/>
             <w:bookmarkEnd w:id="8"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="204" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_699285184"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_699285184"/>
+            <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_3060207309"/>
+            <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_3060207309"/>
+            <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_3060207309"/>
             <w:bookmarkEnd w:id="11"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>………………………………………</w:t>
             </w:r>
           </w:p>
           <w:p>
@@ -1819,188 +1819,188 @@
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_699285184"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_699285184"/>
+            <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_3060207309"/>
+            <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_3060207309"/>
+            <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_3060207309"/>
             <w:bookmarkEnd w:id="14"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> CARTA D’IDENTITA’</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_699285184"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_699285184"/>
+            <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_3060207309"/>
+            <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_3060207309"/>
+            <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_3060207309"/>
             <w:bookmarkEnd w:id="17"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_699285184"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_699285184"/>
+            <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_3060207309"/>
+            <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_3060207309"/>
+            <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_3060207309"/>
             <w:bookmarkEnd w:id="20"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_699285184"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_699285184"/>
+            <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_3060207309"/>
+            <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_3060207309"/>
+            <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_3060207309"/>
             <w:bookmarkEnd w:id="23"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> ……………</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>…………………………</w:t>
             </w:r>
           </w:p>
           <w:p>