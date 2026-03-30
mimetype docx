--- v8 (2026-03-07)
+++ v9 (2026-03-30)
@@ -1531,188 +1531,188 @@
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_3060207309"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_3060207309"/>
+            <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_401041644"/>
+            <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_401041644"/>
+            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_401041644"/>
             <w:bookmarkEnd w:id="2"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> CARTA D’IDENTITA’</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_3060207309"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_3060207309"/>
+            <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_401041644"/>
+            <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_401041644"/>
+            <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_401041644"/>
             <w:bookmarkEnd w:id="5"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_3060207309"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_3060207309"/>
+            <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_401041644"/>
+            <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_401041644"/>
+            <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_401041644"/>
             <w:bookmarkEnd w:id="8"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="204" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_3060207309"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_3060207309"/>
+            <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_401041644"/>
+            <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_401041644"/>
+            <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_401041644"/>
             <w:bookmarkEnd w:id="11"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>………………………………………</w:t>
             </w:r>
           </w:p>
           <w:p>
@@ -1819,188 +1819,188 @@
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_3060207309"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_3060207309"/>
+            <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_401041644"/>
+            <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_401041644"/>
+            <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_401041644"/>
             <w:bookmarkEnd w:id="14"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> CARTA D’IDENTITA’</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_3060207309"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_3060207309"/>
+            <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_401041644"/>
+            <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_401041644"/>
+            <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_401041644"/>
             <w:bookmarkEnd w:id="17"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_3060207309"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_3060207309"/>
+            <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_401041644"/>
+            <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_401041644"/>
+            <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_401041644"/>
             <w:bookmarkEnd w:id="20"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_3060207309"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_3060207309"/>
+            <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_401041644"/>
+            <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_401041644"/>
+            <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_401041644"/>
             <w:bookmarkEnd w:id="23"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> ……………</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>…………………………</w:t>
             </w:r>
           </w:p>
           <w:p>