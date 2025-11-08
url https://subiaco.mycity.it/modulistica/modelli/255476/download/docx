--- v0 (2025-10-19)
+++ v1 (2025-11-08)
@@ -282,199 +282,199 @@
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_2595788210"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_2595788210"/>
+      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_746214066"/>
+      <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_746214066"/>
+      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_746214066"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Certificato</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="276"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_2595788210"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_2595788210"/>
+      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_746214066"/>
+      <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_746214066"/>
+      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_746214066"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Estratto per riassunto</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="276"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo3"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_2595788210"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_2595788210"/>
+      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_746214066"/>
+      <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_746214066"/>
+      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_746214066"/>
       <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Estratto per riassunto con paternità e maternità</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_2595788210"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_2595788210"/>
+      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_746214066"/>
+      <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_746214066"/>
+      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_746214066"/>
       <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Estratto per copia integrale</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
@@ -513,243 +513,243 @@
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo5"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_2595788210"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_2595788210"/>
+      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_746214066"/>
+      <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_746214066"/>
+      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_746214066"/>
       <w:bookmarkEnd w:id="14"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Atto di nascita</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="276"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo6"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_2595788210"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_2595788210"/>
+      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_746214066"/>
+      <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_746214066"/>
+      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_746214066"/>
       <w:bookmarkEnd w:id="17"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Atti di matrimonio</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="276"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo7"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_2595788210"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_2595788210"/>
+      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_746214066"/>
+      <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_746214066"/>
+      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_746214066"/>
       <w:bookmarkEnd w:id="20"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Atto di morte</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="276"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo8"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_2595788210"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_2595788210"/>
+      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_746214066"/>
+      <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_746214066"/>
+      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_746214066"/>
       <w:bookmarkEnd w:id="23"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Atto di cittadinanza</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo9"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_2595788210"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_2595788210"/>
+      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_746214066"/>
+      <w:bookmarkStart w:id="25" w:name="__Fieldmark__8_746214066"/>
+      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_746214066"/>
       <w:bookmarkEnd w:id="26"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Atto di .......................................</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>