--- v1 (2025-11-08)
+++ v2 (2025-11-08)
@@ -282,199 +282,199 @@
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_746214066"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_746214066"/>
+      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_1511047585"/>
+      <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_1511047585"/>
+      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_1511047585"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Certificato</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="276"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_746214066"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_746214066"/>
+      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_1511047585"/>
+      <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_1511047585"/>
+      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_1511047585"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Estratto per riassunto</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="276"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo3"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_746214066"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_746214066"/>
+      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_1511047585"/>
+      <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_1511047585"/>
+      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_1511047585"/>
       <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Estratto per riassunto con paternità e maternità</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_746214066"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_746214066"/>
+      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_1511047585"/>
+      <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_1511047585"/>
+      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_1511047585"/>
       <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Estratto per copia integrale</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
@@ -513,243 +513,243 @@
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo5"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_746214066"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_746214066"/>
+      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_1511047585"/>
+      <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_1511047585"/>
+      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_1511047585"/>
       <w:bookmarkEnd w:id="14"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Atto di nascita</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="276"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo6"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_746214066"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_746214066"/>
+      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_1511047585"/>
+      <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_1511047585"/>
+      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_1511047585"/>
       <w:bookmarkEnd w:id="17"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Atti di matrimonio</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="276"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo7"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_746214066"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_746214066"/>
+      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_1511047585"/>
+      <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_1511047585"/>
+      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_1511047585"/>
       <w:bookmarkEnd w:id="20"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Atto di morte</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="276"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo8"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_746214066"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_746214066"/>
+      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_1511047585"/>
+      <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_1511047585"/>
+      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_1511047585"/>
       <w:bookmarkEnd w:id="23"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Atto di cittadinanza</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo9"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_746214066"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_746214066"/>
+      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_1511047585"/>
+      <w:bookmarkStart w:id="25" w:name="__Fieldmark__8_1511047585"/>
+      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_1511047585"/>
       <w:bookmarkEnd w:id="26"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Atto di .......................................</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>