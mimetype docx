--- v2 (2025-11-08)
+++ v3 (2025-12-03)
@@ -282,199 +282,199 @@
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_1511047585"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_1511047585"/>
+      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_73689171"/>
+      <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_73689171"/>
+      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_73689171"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Certificato</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="276"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_1511047585"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_1511047585"/>
+      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_73689171"/>
+      <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_73689171"/>
+      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_73689171"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Estratto per riassunto</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="276"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo3"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_1511047585"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_1511047585"/>
+      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_73689171"/>
+      <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_73689171"/>
+      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_73689171"/>
       <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Estratto per riassunto con paternità e maternità</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_1511047585"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_1511047585"/>
+      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_73689171"/>
+      <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_73689171"/>
+      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_73689171"/>
       <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Estratto per copia integrale</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
@@ -513,243 +513,243 @@
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo5"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_1511047585"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_1511047585"/>
+      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_73689171"/>
+      <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_73689171"/>
+      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_73689171"/>
       <w:bookmarkEnd w:id="14"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Atto di nascita</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="276"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo6"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_1511047585"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_1511047585"/>
+      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_73689171"/>
+      <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_73689171"/>
+      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_73689171"/>
       <w:bookmarkEnd w:id="17"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Atti di matrimonio</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="276"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo7"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_1511047585"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_1511047585"/>
+      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_73689171"/>
+      <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_73689171"/>
+      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_73689171"/>
       <w:bookmarkEnd w:id="20"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Atto di morte</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="276"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo8"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_1511047585"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_1511047585"/>
+      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_73689171"/>
+      <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_73689171"/>
+      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_73689171"/>
       <w:bookmarkEnd w:id="23"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Atto di cittadinanza</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo9"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_1511047585"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_1511047585"/>
+      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_73689171"/>
+      <w:bookmarkStart w:id="25" w:name="__Fieldmark__8_73689171"/>
+      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_73689171"/>
       <w:bookmarkEnd w:id="26"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Atto di .......................................</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>