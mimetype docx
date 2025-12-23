--- v3 (2025-12-03)
+++ v4 (2025-12-23)
@@ -282,199 +282,199 @@
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_73689171"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_73689171"/>
+      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_71434214"/>
+      <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_71434214"/>
+      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_71434214"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Certificato</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="276"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_73689171"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_73689171"/>
+      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_71434214"/>
+      <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_71434214"/>
+      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_71434214"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Estratto per riassunto</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="276"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo3"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_73689171"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_73689171"/>
+      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_71434214"/>
+      <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_71434214"/>
+      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_71434214"/>
       <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Estratto per riassunto con paternità e maternità</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_73689171"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_73689171"/>
+      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_71434214"/>
+      <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_71434214"/>
+      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_71434214"/>
       <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Estratto per copia integrale</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
@@ -513,243 +513,243 @@
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo5"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_73689171"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_73689171"/>
+      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_71434214"/>
+      <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_71434214"/>
+      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_71434214"/>
       <w:bookmarkEnd w:id="14"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Atto di nascita</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="276"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo6"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_73689171"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_73689171"/>
+      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_71434214"/>
+      <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_71434214"/>
+      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_71434214"/>
       <w:bookmarkEnd w:id="17"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Atti di matrimonio</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="276"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo7"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_73689171"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_73689171"/>
+      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_71434214"/>
+      <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_71434214"/>
+      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_71434214"/>
       <w:bookmarkEnd w:id="20"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Atto di morte</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="276"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo8"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_73689171"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_73689171"/>
+      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_71434214"/>
+      <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_71434214"/>
+      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_71434214"/>
       <w:bookmarkEnd w:id="23"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Atto di cittadinanza</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo9"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_73689171"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_73689171"/>
+      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_71434214"/>
+      <w:bookmarkStart w:id="25" w:name="__Fieldmark__8_71434214"/>
+      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_71434214"/>
       <w:bookmarkEnd w:id="26"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Atto di .......................................</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>