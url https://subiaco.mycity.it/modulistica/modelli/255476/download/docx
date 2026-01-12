--- v4 (2025-12-23)
+++ v5 (2026-01-12)
@@ -282,199 +282,199 @@
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_71434214"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_71434214"/>
+      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_975435842"/>
+      <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_975435842"/>
+      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_975435842"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Certificato</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="276"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_71434214"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_71434214"/>
+      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_975435842"/>
+      <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_975435842"/>
+      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_975435842"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Estratto per riassunto</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="276"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo3"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_71434214"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_71434214"/>
+      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_975435842"/>
+      <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_975435842"/>
+      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_975435842"/>
       <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Estratto per riassunto con paternità e maternità</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_71434214"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_71434214"/>
+      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_975435842"/>
+      <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_975435842"/>
+      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_975435842"/>
       <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Estratto per copia integrale</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
@@ -513,243 +513,243 @@
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo5"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_71434214"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_71434214"/>
+      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_975435842"/>
+      <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_975435842"/>
+      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_975435842"/>
       <w:bookmarkEnd w:id="14"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Atto di nascita</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="276"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo6"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_71434214"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_71434214"/>
+      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_975435842"/>
+      <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_975435842"/>
+      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_975435842"/>
       <w:bookmarkEnd w:id="17"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Atti di matrimonio</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="276"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo7"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_71434214"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_71434214"/>
+      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_975435842"/>
+      <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_975435842"/>
+      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_975435842"/>
       <w:bookmarkEnd w:id="20"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Atto di morte</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="276"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo8"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_71434214"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_71434214"/>
+      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_975435842"/>
+      <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_975435842"/>
+      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_975435842"/>
       <w:bookmarkEnd w:id="23"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Atto di cittadinanza</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo9"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_71434214"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_71434214"/>
+      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_975435842"/>
+      <w:bookmarkStart w:id="25" w:name="__Fieldmark__8_975435842"/>
+      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_975435842"/>
       <w:bookmarkEnd w:id="26"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Atto di .......................................</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>