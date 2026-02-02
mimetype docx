--- v5 (2026-01-12)
+++ v6 (2026-02-02)
@@ -282,199 +282,199 @@
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_975435842"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_975435842"/>
+      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_1328857305"/>
+      <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_1328857305"/>
+      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_1328857305"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Certificato</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="276"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_975435842"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_975435842"/>
+      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_1328857305"/>
+      <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_1328857305"/>
+      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_1328857305"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Estratto per riassunto</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="276"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo3"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_975435842"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_975435842"/>
+      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_1328857305"/>
+      <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_1328857305"/>
+      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_1328857305"/>
       <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Estratto per riassunto con paternità e maternità</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_975435842"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_975435842"/>
+      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_1328857305"/>
+      <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_1328857305"/>
+      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_1328857305"/>
       <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Estratto per copia integrale</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
@@ -513,243 +513,243 @@
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo5"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_975435842"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_975435842"/>
+      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_1328857305"/>
+      <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_1328857305"/>
+      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_1328857305"/>
       <w:bookmarkEnd w:id="14"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Atto di nascita</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="276"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo6"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_975435842"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_975435842"/>
+      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_1328857305"/>
+      <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_1328857305"/>
+      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_1328857305"/>
       <w:bookmarkEnd w:id="17"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Atti di matrimonio</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="276"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo7"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_975435842"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_975435842"/>
+      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_1328857305"/>
+      <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_1328857305"/>
+      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_1328857305"/>
       <w:bookmarkEnd w:id="20"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Atto di morte</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="276"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo8"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_975435842"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_975435842"/>
+      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_1328857305"/>
+      <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_1328857305"/>
+      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_1328857305"/>
       <w:bookmarkEnd w:id="23"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Atto di cittadinanza</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo9"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_975435842"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_975435842"/>
+      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_1328857305"/>
+      <w:bookmarkStart w:id="25" w:name="__Fieldmark__8_1328857305"/>
+      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_1328857305"/>
       <w:bookmarkEnd w:id="26"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Atto di .......................................</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>