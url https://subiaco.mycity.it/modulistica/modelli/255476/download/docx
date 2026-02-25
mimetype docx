--- v6 (2026-02-02)
+++ v7 (2026-02-25)
@@ -282,199 +282,199 @@
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_1328857305"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_1328857305"/>
+      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_190308904"/>
+      <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_190308904"/>
+      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_190308904"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Certificato</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="276"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_1328857305"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_1328857305"/>
+      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_190308904"/>
+      <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_190308904"/>
+      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_190308904"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Estratto per riassunto</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="276"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo3"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_1328857305"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_1328857305"/>
+      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_190308904"/>
+      <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_190308904"/>
+      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_190308904"/>
       <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Estratto per riassunto con paternità e maternità</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_1328857305"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_1328857305"/>
+      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_190308904"/>
+      <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_190308904"/>
+      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_190308904"/>
       <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Estratto per copia integrale</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
@@ -513,243 +513,243 @@
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo5"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_1328857305"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_1328857305"/>
+      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_190308904"/>
+      <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_190308904"/>
+      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_190308904"/>
       <w:bookmarkEnd w:id="14"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Atto di nascita</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="276"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo6"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_1328857305"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_1328857305"/>
+      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_190308904"/>
+      <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_190308904"/>
+      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_190308904"/>
       <w:bookmarkEnd w:id="17"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Atti di matrimonio</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="276"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo7"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_1328857305"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_1328857305"/>
+      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_190308904"/>
+      <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_190308904"/>
+      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_190308904"/>
       <w:bookmarkEnd w:id="20"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Atto di morte</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="276"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo8"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_1328857305"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_1328857305"/>
+      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_190308904"/>
+      <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_190308904"/>
+      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_190308904"/>
       <w:bookmarkEnd w:id="23"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Atto di cittadinanza</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo9"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_1328857305"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_1328857305"/>
+      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_190308904"/>
+      <w:bookmarkStart w:id="25" w:name="__Fieldmark__8_190308904"/>
+      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_190308904"/>
       <w:bookmarkEnd w:id="26"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Atto di .......................................</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>