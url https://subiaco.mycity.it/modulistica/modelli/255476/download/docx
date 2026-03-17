--- v7 (2026-02-25)
+++ v8 (2026-03-17)
@@ -282,199 +282,199 @@
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_190308904"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_190308904"/>
+      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_3183847246"/>
+      <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_3183847246"/>
+      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_3183847246"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Certificato</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="276"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_190308904"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_190308904"/>
+      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_3183847246"/>
+      <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_3183847246"/>
+      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_3183847246"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Estratto per riassunto</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="276"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo3"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_190308904"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_190308904"/>
+      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_3183847246"/>
+      <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_3183847246"/>
+      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_3183847246"/>
       <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Estratto per riassunto con paternità e maternità</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_190308904"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_190308904"/>
+      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_3183847246"/>
+      <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_3183847246"/>
+      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_3183847246"/>
       <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Estratto per copia integrale</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
@@ -513,243 +513,243 @@
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo5"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_190308904"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_190308904"/>
+      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_3183847246"/>
+      <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_3183847246"/>
+      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_3183847246"/>
       <w:bookmarkEnd w:id="14"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Atto di nascita</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="276"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo6"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_190308904"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_190308904"/>
+      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_3183847246"/>
+      <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_3183847246"/>
+      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_3183847246"/>
       <w:bookmarkEnd w:id="17"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Atti di matrimonio</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="276"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo7"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_190308904"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_190308904"/>
+      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_3183847246"/>
+      <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_3183847246"/>
+      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_3183847246"/>
       <w:bookmarkEnd w:id="20"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Atto di morte</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="276"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo8"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_190308904"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_190308904"/>
+      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_3183847246"/>
+      <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_3183847246"/>
+      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_3183847246"/>
       <w:bookmarkEnd w:id="23"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Atto di cittadinanza</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo9"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_190308904"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_190308904"/>
+      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_3183847246"/>
+      <w:bookmarkStart w:id="25" w:name="__Fieldmark__8_3183847246"/>
+      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_3183847246"/>
       <w:bookmarkEnd w:id="26"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Atto di .......................................</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>